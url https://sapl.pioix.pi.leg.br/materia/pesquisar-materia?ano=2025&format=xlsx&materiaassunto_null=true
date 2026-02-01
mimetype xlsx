--- v0 (2025-12-05)
+++ v1 (2026-02-01)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="95">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -189,102 +189,132 @@
   <si>
     <t>Eliane Bezerra</t>
   </si>
   <si>
     <t>Concede o Título de Cidadã Honorária à Professora Raimunda Ferreira Gomes Coelho e dá outras providências.</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>PROJETO DE LEI ORDINÁRIA</t>
   </si>
   <si>
     <t>PREFEITURA - PREF</t>
   </si>
   <si>
     <t>Amplia o perímetro urbano do município de Pio IX incluindo o loteamento “RESIDENCIAL TABELIÃO JORGE”, no lugar Oriente, data Carnaubinha, encravado e desmembrado do imóvel rural “Carnaubinha”, que fica localizado em zona de expansão urbana</t>
   </si>
   <si>
     <t>Institui a Loteria Municipal no âmbito do município de Pio IX-PI, e dá outras providências.</t>
   </si>
   <si>
     <t>Estabelece diretrizes para a Política Municipal de Gestão Documental e de Preservação da Memória Histórica de Pio IX – PI, autoriza o Poder Executivo a criar o Arquivo Público Municipal e dá outras providências.</t>
   </si>
   <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Lei Orçamentária Anual, que Estima a Receita e Fixa a Despesa do Município de Pio Nono para o Exercício de 2026 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>22</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Regra o licenciamento ambiental no município de Pio IX-PI e dá outras providências.</t>
+  </si>
+  <si>
+    <t>23</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Dispõe sobre ampliação de 10% (dez por cento) de crédito adicional suplementar ao orçamento de 2025.</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Elaboração do Plano Plurianual do Município de Pio Nono, Estado do Piauí, para o período de 2026 a 2029, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>Abre no orçamento vigente credito adicional especial no valor de R$ 555.376,98 (Quinhentos e cinquenta e cinco mil, trezentos e setenta e seis reais e noventa e oito centavos), que especifica e dá outras providências.”</t>
+  </si>
+  <si>
     <t>20</t>
   </si>
   <si>
     <t>Dispõe sobre a semana de enfrentamento ao feminicídio e à violência contra a mulher, denominada “Lei Laurinda Maria Fortaleza Delfino”, e dá outras providências.</t>
-  </si>
-[...16 lines deleted...]
-    <t>Dispõe sobre ampliação de 10% (dez por cento) de crédito adicional suplementar ao orçamento de 2025.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>EME</t>
   </si>
   <si>
     <t>EMENDA</t>
   </si>
   <si>
     <t>Naldo Andrade</t>
   </si>
   <si>
     <t>Todos os atos administrativos referentes ao processo de licenciamento ambiental deverão ser publicados em Portal de Transparência Ambiental Municipal, contendo no mínimo:_x000D_
 I – número do processo, nome do requerente, tipo de licença requerida, localização e atividade;_x000D_
 II – íntegra dos estudos ambientais e pareceres técnicos;_x000D_
 III – prazos de análise (SLA), responsáveis técnicos e etapas concluídas;_x000D_
 IV – decisões de deferimento ou indeferimento, condicionantes impostas e validade das licenças;_x000D_
 V – relatório anual de desempenho do órgão ambiental.</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>Ficam isentos do pagamento de taxas de licenciamento ambiental:_x000D_
 I – agricultores familiares cadastrados no Pronaf com atividades de baixo impacto;_x000D_
 II – projetos de saneamento básico ou de utilidade pública comprovada._x000D_
 § 1º As isenções não afastam a obrigação de cumprir exigências técnicas e condicionantes ambientais._x000D_
 § 2º A revisão dos valores das taxas só poderá ocorrer mediante lei específica e nunca por decreto.</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>VT</t>
+  </si>
+  <si>
+    <t>VETO TOTAL</t>
+  </si>
+  <si>
+    <t>VETO TOTAL À EMENDA ADITIVA Nº 01/2025, apresentada ao Projeto de Lei nº 10/2025, que “Dispõe sobre ampliação de 10% de crédito adicional suplementar ao orçamento de 2025”.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>REQUERIMENTO</t>
   </si>
   <si>
     <t>Requer que seja enviado ofício ao Diretor Geral do DNIT</t>
   </si>
   <si>
     <t>Requer que seja oficiado ao Exmo. Prefeito Municipal, Sr. Silas Noronha Mota solicitando que promova a revitalização completa da praça Jairo Viana, no bairro Barragem.</t>
   </si>
   <si>
     <t>Guto Costa</t>
   </si>
   <si>
     <t>Requer, ouvido o Plenário, que seja encaminhado Ofício ao Excelentíssimo Senhor Governador do Estado do Piauí e ao Excelentíssimo Senhor Diretor-Geral do Departamento Estadual de Trânsito do Piauí – DETRAN-PI, solicitando a implantação de uma unidade do DETRAN-PI no município de Pio IX – PI.</t>
   </si>
   <si>
     <t>Requer ao Excelentíssimo Senhor Prefeito Municipal de Pio IX, Sr. Silas Noronha Mota, solicitando-lhe providências junto ao setor responsável para proceder com a coleta de lixo na comunidade Assentamento Quatro Irmãos Jurema, Taboca.</t>
   </si>
   <si>
     <t>26</t>
   </si>
@@ -624,56 +654,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pioix.pi.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H26"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="31.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -1052,51 +1082,51 @@
       </c>
       <c r="G15" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H15" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
         <v>59</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
         <v>21</v>
       </c>
       <c r="D16" t="s">
         <v>53</v>
       </c>
       <c r="E16" t="s">
         <v>54</v>
       </c>
       <c r="F16" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H16" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
         <v>61</v>
       </c>
       <c r="B17" t="s">
         <v>9</v>
       </c>
       <c r="C17" t="s">
         <v>62</v>
       </c>
       <c r="D17" t="s">
         <v>53</v>
       </c>
       <c r="E17" t="s">
         <v>54</v>
       </c>
       <c r="F17" t="s">
@@ -1121,277 +1151,385 @@
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
       <c r="E18" t="s">
         <v>54</v>
       </c>
       <c r="F18" t="s">
         <v>55</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H18" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
         <v>67</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D19" t="s">
+        <v>53</v>
+      </c>
+      <c r="E19" t="s">
+        <v>54</v>
+      </c>
+      <c r="F19" t="s">
+        <v>55</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D20" t="s">
-        <v>68</v>
+        <v>53</v>
       </c>
       <c r="E20" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="F20" t="s">
+        <v>55</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>16</v>
+        <v>44</v>
       </c>
       <c r="D21" t="s">
-        <v>74</v>
+        <v>53</v>
       </c>
       <c r="E21" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H21" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>62</v>
+        <v>73</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D22" t="s">
         <v>74</v>
       </c>
       <c r="E22" t="s">
         <v>75</v>
       </c>
       <c r="F22" t="s">
-        <v>26</v>
+        <v>76</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H22" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>17</v>
+        <v>78</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="D23" t="s">
         <v>74</v>
       </c>
       <c r="E23" t="s">
         <v>75</v>
       </c>
       <c r="F23" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H23" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>35</v>
+        <v>80</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="D24" t="s">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="E24" t="s">
-        <v>75</v>
+        <v>82</v>
       </c>
       <c r="F24" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H24" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>81</v>
+        <v>65</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>29</v>
+        <v>16</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="E25" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F25" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H25" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="B26" t="s">
         <v>9</v>
       </c>
       <c r="C26" t="s">
-        <v>33</v>
+        <v>20</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="E26" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="F26" t="s">
         <v>26</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H26" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>17</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>32</v>
+      </c>
+      <c r="D27" t="s">
         <v>84</v>
+      </c>
+      <c r="E27" t="s">
+        <v>85</v>
+      </c>
+      <c r="F27" t="s">
+        <v>88</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>35</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>25</v>
+      </c>
+      <c r="D28" t="s">
+        <v>84</v>
+      </c>
+      <c r="E28" t="s">
+        <v>85</v>
+      </c>
+      <c r="F28" t="s">
+        <v>76</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>91</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>29</v>
+      </c>
+      <c r="D29" t="s">
+        <v>84</v>
+      </c>
+      <c r="E29" t="s">
+        <v>85</v>
+      </c>
+      <c r="F29" t="s">
+        <v>51</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>93</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>33</v>
+      </c>
+      <c r="D30" t="s">
+        <v>84</v>
+      </c>
+      <c r="E30" t="s">
+        <v>85</v>
+      </c>
+      <c r="F30" t="s">
+        <v>26</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>